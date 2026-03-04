--- v0 (2026-01-12)
+++ v1 (2026-03-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="162" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="253" uniqueCount="150">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -307,50 +307,203 @@
     <t>Dispõe sobre a oficialização, no âmbito deste Município, da Língua Brasileira de Sinais - LIBRAS, e dá outras providências.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/199/lei_municipal_no_1599_2020_combate_e_prevencao_a__corrupcao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da política municipal de combate e prevenção à corrupção no município de Rio Preto-MG</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/200/lei_municipal_no_1600_2020_dispoe_denominacao_santo_antonio_das_varejas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de logradouro público no Núcleo Urbano de Santo Antônio das Varejas</t>
+  </si>
+  <si>
+    <t>256</t>
+  </si>
+  <si>
+    <t>1601</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a transmissão via facebook, reapresentação via rádio, das reuniões ordinárias, extraordinárias, especiais, solenes, seminários e audiências públicas a serem realizadas pela câmara municipal de Rio Preto-MG</t>
+  </si>
+  <si>
+    <t>257</t>
+  </si>
+  <si>
+    <t>1602</t>
+  </si>
+  <si>
+    <t>Institui a “Semana Municipal da Agricultura Familiar”, a ser celebrada, anualmente, na semana que compreende o dia 24 de julho e dá outras providências</t>
+  </si>
+  <si>
+    <t>258</t>
+  </si>
+  <si>
+    <t>1603</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/258/lei_municipal_no_1603_incentivo_a_energia_solar.pdf</t>
+  </si>
+  <si>
+    <t>Institui a política municipal de incentivo ao uso de energia solar.</t>
+  </si>
+  <si>
+    <t>259</t>
+  </si>
+  <si>
+    <t>1604</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/259/lei_municipal_no_1604_2020_institui_a_semana_municipal_de_valorizacao_da_pessoa_idosa.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Semana Municipal de Valorização da Pessoa Idosa, no âmbito do Legislativo do Município de Rio Preto-MG, e dá providências correlatas.</t>
+  </si>
+  <si>
+    <t>260</t>
+  </si>
+  <si>
+    <t>1605</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/260/lei_municipal_no_1605_2020_cabos_fios.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a obrigatoriedade de remoção dos cabos e fiação aérea, excedentes e sem uso, instalados por concessionárias e/ou permissionárias que operam ou utilizam rede aérea, no município de Rio Preto - MG e dá outras providências</t>
+  </si>
+  <si>
+    <t>261</t>
+  </si>
+  <si>
+    <t>1606</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/261/lei_municipal_no_1606_2020_subvencao.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei 1.586/2020, que “Dispõe sobre concessão de subvenções sociais às Entidades que menciona, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>262</t>
+  </si>
+  <si>
+    <t>1607</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/262/lei_municipal_no_1607_2020_decoro_parlamentar.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece procedimentos disciplinares relativos à Ética e ao Decoro parlamentar, instituiu a Ouvidoria parlamentar legislativa e dá outras providências.</t>
+  </si>
+  <si>
+    <t>263</t>
+  </si>
+  <si>
+    <t>1608</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/263/lei_municipal_no_1608_2020_transporte_pacientes_cancer.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a atenção e prioridade em atendimento fora do domicílio aos pacientes portadores de câncer e dá outras providências.</t>
+  </si>
+  <si>
+    <t>264</t>
+  </si>
+  <si>
+    <t>1609</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/264/lei_municipal_no_1609_2020_-_abertura_de_credito_especial_57.21099.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de Crédito Especial no valor de R$ 57.210,99 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>265</t>
+  </si>
+  <si>
+    <t>1610</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/265/lei_municipal_no_1610_2020_suspensao_cobranca.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a suspender a cobrança dos bens públicos municipais concedidos (locados) de forma onerosa, em todo o Município de Rio Preto-MG, em face da Pandemia de COVID-19 e dá outras providencias</t>
+  </si>
+  <si>
+    <t>266</t>
+  </si>
+  <si>
+    <t>1611</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/266/lei_municipal_no_1611_2020__credito_suplementar.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 1.578 de 27 de novembro de 2019, que “Estima a Receita e Fixa a Despesa do Município de Rio Preto para o exercício financeiro de 2020, a fim de ampliar o limite para abertura de crédito suplementar”.</t>
+  </si>
+  <si>
+    <t>267</t>
+  </si>
+  <si>
+    <t>1612</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/267/lei_municipal_no_1612_2020_-_lei_de_subvencoes_2021.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre concessão de subvenções sociais às Entidades que menciona, e dá outras providências</t>
+  </si>
+  <si>
+    <t>268</t>
+  </si>
+  <si>
+    <t>1613</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/268/lei_municipal_no_1613_2020_loa__-_rio_preto_corrigida_pmrp.pdf</t>
+  </si>
+  <si>
+    <t>Estima a Receita e Fixa a Despesa do Município de Rio Preto para exercício financeiro de 2021.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -654,69 +807,69 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/179/lei_municipal_no_1579_2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/180/lei_municipal_no_1580_2020_-_credito_especial_contribuicao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/181/lei_municipal_no_1581_2020-_plano_de_saude.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/182/lei_municipal_no_1582_2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/183/lei_municipal_no_1583_2020_-_em_-_codema.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/184/lei_municipal_no_1584_2020_-_controle_frota_pmrp.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/185/lei_municipal_no_1585_2020_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/186/lei_municipal_no_1586_2020_subvencao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/187/lei_municipal_no_1587_2020_revisao_subsidios_agentes_politicos_sem_reajuste.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/188/lei_municipal_no_1588_2020_-_cadastro_cutural.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/189/lei_municipal_no_1589_2020_suspensao_cobranca.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/190/lei_municipal_no_1590_2020_subvencao_2.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/191/lei_municipal_no_1591_2020_-_abertura_de_credito_especial_50000_com_emenda.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/192/lei_municipal_no_1592_2020_-__denomina_rua.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/193/lei_municipal_no_1593_2020_-_portas_de_aco.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/194/lei_municipal_no_1594_2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/195/lei_municipal_no_1595_2020_-_denomina_quadra_vila_verde.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/196/lei_municipal_no_1596_2020_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/197/lei_municipal_no_1597_2020_-_guardioes_da_natureza.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/198/lei_municipal_no_1598_-_libras.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/199/lei_municipal_no_1599_2020_combate_e_prevencao_a__corrupcao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/200/lei_municipal_no_1600_2020_dispoe_denominacao_santo_antonio_das_varejas.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/179/lei_municipal_no_1579_2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/180/lei_municipal_no_1580_2020_-_credito_especial_contribuicao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/181/lei_municipal_no_1581_2020-_plano_de_saude.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/182/lei_municipal_no_1582_2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/183/lei_municipal_no_1583_2020_-_em_-_codema.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/184/lei_municipal_no_1584_2020_-_controle_frota_pmrp.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/185/lei_municipal_no_1585_2020_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/186/lei_municipal_no_1586_2020_subvencao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/187/lei_municipal_no_1587_2020_revisao_subsidios_agentes_politicos_sem_reajuste.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/188/lei_municipal_no_1588_2020_-_cadastro_cutural.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/189/lei_municipal_no_1589_2020_suspensao_cobranca.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/190/lei_municipal_no_1590_2020_subvencao_2.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/191/lei_municipal_no_1591_2020_-_abertura_de_credito_especial_50000_com_emenda.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/192/lei_municipal_no_1592_2020_-__denomina_rua.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/193/lei_municipal_no_1593_2020_-_portas_de_aco.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/194/lei_municipal_no_1594_2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/195/lei_municipal_no_1595_2020_-_denomina_quadra_vila_verde.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/196/lei_municipal_no_1596_2020_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/197/lei_municipal_no_1597_2020_-_guardioes_da_natureza.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/198/lei_municipal_no_1598_-_libras.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/199/lei_municipal_no_1599_2020_combate_e_prevencao_a__corrupcao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/200/lei_municipal_no_1600_2020_dispoe_denominacao_santo_antonio_das_varejas.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/258/lei_municipal_no_1603_incentivo_a_energia_solar.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/259/lei_municipal_no_1604_2020_institui_a_semana_municipal_de_valorizacao_da_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/260/lei_municipal_no_1605_2020_cabos_fios.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/261/lei_municipal_no_1606_2020_subvencao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/262/lei_municipal_no_1607_2020_decoro_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/263/lei_municipal_no_1608_2020_transporte_pacientes_cancer.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/264/lei_municipal_no_1609_2020_-_abertura_de_credito_especial_57.21099.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/265/lei_municipal_no_1610_2020_suspensao_cobranca.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/266/lei_municipal_no_1611_2020__credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/267/lei_municipal_no_1612_2020_-_lei_de_subvencoes_2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2020/268/lei_municipal_no_1613_2020_loa__-_rio_preto_corrigida_pmrp.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="148.7109375" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="199.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="157.5703125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="212.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -1205,76 +1358,388 @@
       <c r="H22" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>95</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>96</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>97</v>
       </c>
       <c r="H23" t="s">
         <v>98</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>99</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>100</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="H24" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>103</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>104</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="H25" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>106</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>107</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H26" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>110</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>111</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="H27" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>114</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>115</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="H28" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>118</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>119</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="H29" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>122</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>123</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="H30" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>126</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>127</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="H31" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>130</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>131</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="H32" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>134</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>135</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="H33" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>138</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>139</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H34" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>142</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>143</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H35" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>146</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>147</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="H36" t="s">
+        <v>149</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>