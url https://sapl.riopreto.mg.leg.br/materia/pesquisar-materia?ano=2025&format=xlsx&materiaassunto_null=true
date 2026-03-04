--- v0 (2026-01-12)
+++ v1 (2026-03-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="512" uniqueCount="245">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="802" uniqueCount="386">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -480,50 +480,275 @@
     <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/73/projeto_de_lei_no_045_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder incentivos para o desenvolvimento econômico e social do Município e dá outras providencias</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Dispõe sobre a orientação da rota turística do “Caminho do Comércio” no Município de Rio Preto, como forma de valorização da identidade turística e do patrimônio histórico-cultural local, e dá outras providências.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/75/projeto_de_lei_no_047-2025.pdf</t>
   </si>
   <si>
     <t>Estabelece medidas protetivas e procedimentos para casos de violência contra os profissionais da educação no município de Rio Preto/MG, denominados “SOS Educação”</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/223/projeto_de_lei_no_048-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de Título de Utilidade Pública para à ONG Amor Tem 4 Patas Rio Preto/Parapeúna e dá outras providências.</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/224/pl_049_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Criação do Conselho Municipal dos Direitos da Pessoa com Deficiência CMDPD e a criação do Fundo Municipal dos Direitos da Pessoa com Deficiência – FMDPD do município de Rio Preto/MG e dá outras providências</t>
+  </si>
+  <si>
+    <t>225</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/225/pl_050_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Criação do Conselho Municipal dos Direitos da Mulher – CMDM</t>
+  </si>
+  <si>
+    <t>228</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/228/ppa_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano Plurianual do Município de Rio Preto para o período de 2026 a 2029.</t>
+  </si>
+  <si>
+    <t>231</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/231/pl_052_2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 1.733 de 17 de dezembro de 2024 que Estima a Receita e Fixa a Despesa do Município de Rio Preto para o exercício financeiro de 2025, a fim de ampliar o limite para abertura de crédito suplementar.</t>
+  </si>
+  <si>
+    <t>229</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/229/loa_2026.pdf</t>
+  </si>
+  <si>
+    <t>Estima a Receita e Fixa a Despesa do Município de Rio Preto para o exercício financeiro de 2026.</t>
+  </si>
+  <si>
+    <t>243</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/243/pl_054_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o fornecimento de alimentação escolar aos professores e demais profissionais da educação em efetivo exercício nas escolas públicas municipais de Rio Preto, Minas Gerais, e dá outras providências</t>
+  </si>
+  <si>
+    <t>242</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/242/pl_055_2025.pdf</t>
+  </si>
+  <si>
+    <t>Nomeia o campo de futebol da localidade do Funil com a designação de “Domingos Gomes Ferreira”, popularmente conhecido como “Dorinho”.</t>
+  </si>
+  <si>
+    <t>241</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/241/pl_056_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a prioridade no atendimento aos portadores de diabetes para a realização de exames médicos que necessitam de jejum total em estabelecimentos públicos e privados do município de Rio Preto</t>
+  </si>
+  <si>
+    <t>240</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/240/pl_057_2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Dia Municipal para a Ação Climática.</t>
+  </si>
+  <si>
+    <t>226</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>Ratifica Protocolo de Intenções ACISPES</t>
+  </si>
+  <si>
+    <t>239</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/239/pl_059_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a cobrança de taxa pela execução de serviços de limpeza de terrenos particulares pelo Município e dá outras providências.</t>
+  </si>
+  <si>
+    <t>237</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/237/pl_060_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a proibição da execução de músicas e letras que façam apologia ao crime de racismo, que estimulem o uso de drogas e a prática de sexo, e/ou vulgarizem a figura da mulher, no âmbito das escolas públicas, do município de Rio Preto/MG e dá outras providências</t>
+  </si>
+  <si>
+    <t>236</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>PROJETO INEXISTENTE</t>
+  </si>
+  <si>
+    <t>235</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/235/pl_062_2025.pdf</t>
+  </si>
+  <si>
+    <t>Denomina logradouro público no município de Rio Preto/MG.</t>
+  </si>
+  <si>
+    <t>234</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/234/pl_063_2025.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta a utilização de propaganda pública do serviço público do Município de Rio Preto/MG e dá outras providências.</t>
+  </si>
+  <si>
+    <t>233</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/233/pl_064_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o reconhecimento e a declaração de utilidade pública de entidades civis sem fins lucrativos no âmbito do Município de Rio Preto e dá outras providências.</t>
+  </si>
+  <si>
+    <t>232</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/232/pl_065_2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui o "Dia Municipal do Leite" no Município de Rio Preto - MG.</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/230/pl_66_2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 1.734/2024, que “Dispõe sobre concessão de subvenções sociais às Entidades que menciona, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>238</t>
+  </si>
+  <si>
+    <t>227</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/227/pl_068.pdf</t>
+  </si>
+  <si>
+    <t>Autoria a abertura de crédito suplementar no valor de R$ 39.115,93 (trinta e nove mil, cento e quinze reais e noventa e três centavos) e dá outras providencias</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/12/projeto_de_lei_no_012_2025.pdf</t>
   </si>
   <si>
     <t>Cria o Programa de Recuperação Fiscal do Município de Rio Preto – REFIS 2025, estabelece regras para adesão e benefícios, e dá outras providências.</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/14/emenda_modificativa_n_001_2025.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA ao Projeto de Lei 008/2025, o _x000D_
 qual “Dispõe sobre a criação do Procampo – _x000D_
@@ -533,77 +758,68 @@
   <si>
     <t>Emenda SUPRESSIVA</t>
   </si>
   <si>
     <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/15/emenda_supressiva_n_002_2025.pdf</t>
   </si>
   <si>
     <t>Emenda Supressiva ao Projeto de Lei nº 003/2025, que suprime os incisos VII a XIII do Art. 3º, conforme redação apresentada. Autoria: Rodrigo Magalhães Teixeira e Ondina Dalva Paiva de Almeida.</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>Lei Municipal</t>
   </si>
   <si>
     <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/47/lei_municipal_no_1735_2025_-_comercializacao_fogos_artificio.docx</t>
   </si>
   <si>
     <t>Proíbe o manuseio, comercialização, utilização, a queima e a soltura de fogos de artifício e artefatos pirotécnicos que emitam qualquer tipo de som, gerando poluição sonora, como estouros e estampidos no Município Rio Preto/MG e dá outras providências</t>
   </si>
   <si>
-    <t>48</t>
-[...1 lines deleted...]
-  <si>
     <t>1737</t>
   </si>
   <si>
     <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/48/lm_no_1737_2025_revisao_geral_anual.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre Revisão Geral Anual dos vencimentos dos servidores da Câmara Municipal de Rio Preto, nos termos do art. 37, X da Constituição Federal de 1988</t>
   </si>
   <si>
-    <t>49</t>
-[...1 lines deleted...]
-  <si>
     <t>1738</t>
   </si>
   <si>
     <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/49/lm_no_1738_-_institui_o_dia_municipal_do_jovem_do_campo_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Jovem do Campo e dá outras providências</t>
   </si>
   <si>
-    <t>50</t>
-[...1 lines deleted...]
-  <si>
     <t>1739</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/46/lm_no_1740_2025_refis.pdf</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/37/lm_no_1741_2025_-_dispoes_sobre_a_criacao_do_procampo_finalizado.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Procampo – Programa Municipal de Apoio ao Desenvolvimento Rural e dá providências</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/38/lm_no_1742_-_folga_aniversario.pdf</t>
   </si>
   <si>
     <t>Acrescenta o Inciso IV, ao Art. 78, da Lei Municipal nº 1.183/2007 e dá outras providências. (Folga no dia do Aniversário)</t>
@@ -659,86 +875,74 @@
   <si>
     <t>Altera o Código Tributário Municipal, Lei n° 1.170/2006, regulamentando os serviços de loteria e os serviços relacionados a plataformas tecnológicas credenciadas, dando outras providências</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
     <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/44/lei_municipal_1748_de_29_de_julho_de_2025_w._2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Processo Legislativo Eletrônico, no âmbito do Município de Rio Preto/MG</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
     <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/45/lei_municipal_1749_de_29_de_julho_de_2025_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração e a execução da Lei Orçamentária do exercício financeiro de 2026 e dá outras providências.</t>
   </si>
   <si>
-    <t>62</t>
-[...1 lines deleted...]
-  <si>
     <t>1750</t>
   </si>
   <si>
     <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/62/lm_no_1750_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição da fabricação, comercialização e uso de linhas cortantes para empinar pipas e estabelece penalidades</t>
   </si>
   <si>
-    <t>65</t>
-[...1 lines deleted...]
-  <si>
     <t>1751</t>
   </si>
   <si>
     <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/65/lei_municipal_1751_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de inclusão do nome dos vereadores nas placas de inauguração de obras públicas realizadas no Município de Rio Preto – MG e dá outras providências</t>
   </si>
   <si>
-    <t>64</t>
-[...1 lines deleted...]
-  <si>
     <t>1752</t>
   </si>
   <si>
     <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/64/lei_municipal_1752_de_13_de_agosto_de_2025__ok.pdf</t>
   </si>
   <si>
-    <t>63</t>
-[...1 lines deleted...]
-  <si>
     <t>1753</t>
   </si>
   <si>
     <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/63/lm_no_1753_2025_imprensa_oficial.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Imprensa Oficial do Município de Rio Preto e dá outras providências</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/76/lm_no_1754_2025_cemiterio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o funcionamento de Cemitérios no Município de Rio Preto/MG, estabelece normas para concessão, implantação e funcionamento de cemitérios-parques e cemitérios privados e determina outras providências</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>1755</t>
@@ -750,50 +954,269 @@
     <t>Cria o Conselho Municipal do Idoso, no âmbito do município de Rio Preto</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
     <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/78/lm_no_1756_2025_-_fundo_m_do_idoso.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo Municipal do Idoso e dá outras providências</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/79/lm_no_1757_2025_revoga_dispositivos_1171.pdf</t>
   </si>
   <si>
     <t>Revoga dispositivos da Lei Municipal nº 1.171/2006, em razão de apontamento de inconstitucionalidade pelo Ministério Público do Estado de MG.</t>
+  </si>
+  <si>
+    <t>201</t>
+  </si>
+  <si>
+    <t>1759</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/201/lm_no_1759_2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 1.733 de 17 de dezembro de 2024 que Estima a Receita e Fixa a Despesa do Município de Rio Preto para o exercício financeiro de 2025, a fim de ampliar o limite para abertura de crédito suplementar</t>
+  </si>
+  <si>
+    <t>213</t>
+  </si>
+  <si>
+    <t>1760</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/213/lm_no_1760_2025_codema.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação do art. 6º da Lei Municipal nº 1.655/2022 que “Dispõe sobre a reestruturação do Conselho Municipal de Defesa do Meio Ambiente do Município de Rio Preto (CODEMA) e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>212</t>
+  </si>
+  <si>
+    <t>1761</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/212/lm_no_1761_2025.pdf</t>
+  </si>
+  <si>
+    <t>211</t>
+  </si>
+  <si>
+    <t>1762</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/211/lm_no_1762_2025.pdf</t>
+  </si>
+  <si>
+    <t>210</t>
+  </si>
+  <si>
+    <t>1763</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/210/lm_no_1763_2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Município de Rio Preto/MG a estabelecer, firmar e celebrar Termo de Convênio de Cooperação ou Consórcio com o Município limítrofe de Santa Bárbara do Monte Verde/MG e dá outras providências</t>
+  </si>
+  <si>
+    <t>209</t>
+  </si>
+  <si>
+    <t>1764</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/209/lm_no_1764_2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Município de Rio Preto/MG a estabelecer, firmar e celebrar Termo de Convênio de Cooperação ou Consórcio com o Município limítrofe de Santa Rita de Jacutinga/MG e dá outras providências</t>
+  </si>
+  <si>
+    <t>208</t>
+  </si>
+  <si>
+    <t>1765</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/208/lm_no_1765_2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o município de Rio Preto/MG a estabelecer, firmar e celebrar Termo de Convênio de Cooperação ou Consórcio com o município limítrofe de Belmiro Braga/MG e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>1767</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/222/lm_no_1767_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação de um calçadão na cidade de Rio Preto/MG e dá outras providencias</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>1768</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/221/lm_no_1768_2025_caaminho_do_comercio.pdf</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>1769</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/220/lm_no_1769_2025.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece medidas de proteção e procedimentos para casos de violência contra os profissionais da educação no município de Rio Preto/MG, denominados “SOS Educação</t>
+  </si>
+  <si>
+    <t>219</t>
+  </si>
+  <si>
+    <t>1770</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/219/lm_no_1770_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Criação do Conselho Municipal dos Direitos da Pessoa com Deficiência CMDPD e a criação do Fundo Municipal dos Direitos da Pessoa com Deficiência – FMDPD do município de Rio Preto/MG e dá outras providências.</t>
+  </si>
+  <si>
+    <t>218</t>
+  </si>
+  <si>
+    <t>1771</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/218/lm_no_1771_2025_cmdm.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Criação do Conselho Municipal dos Direitos da Mulher – CMDM.</t>
+  </si>
+  <si>
+    <t>217</t>
+  </si>
+  <si>
+    <t>1774</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/217/lm_no_1774_2025_protocolo_acispes.pdf</t>
+  </si>
+  <si>
+    <t>Ratifica o Protocolo de Intenções da Agência de Cooperação Intermunicipal em Saúde Pé da Serra/ ACISPES, nos termos e para os fins da Lei nº 11.107/2005 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>1775</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/216/lm_no_1775_2025.pdf</t>
+  </si>
+  <si>
+    <t>Denomina logradouro público no município de Rio Preto/MG</t>
+  </si>
+  <si>
+    <t>206</t>
+  </si>
+  <si>
+    <t>1777</t>
+  </si>
+  <si>
+    <t>205</t>
+  </si>
+  <si>
+    <t>1778</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/205/lm_no_1778_2025.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a proibição da execução de músicas e letras que façam apologia ao crime de racismo, que estimulem o uso de drogas e a prática de sexo, e/ou vulgarizem a figura da mulher, no âmbito das escolas públicas, do município de Rio Preto/MG e dá outras providências".</t>
+  </si>
+  <si>
+    <t>204</t>
+  </si>
+  <si>
+    <t>1781</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/204/lm_no_1781_2025.pdf</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>1782</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/203/lm_no_1782_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano Plurianual do município de Rio Preto para o período de 2026 a 2029</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
+    <t>1783</t>
+  </si>
+  <si>
+    <t>Estima a Receita e fixa a Despesa do município de Rio Preto para o exercício financeiro de 2026. LOA 2026</t>
+  </si>
+  <si>
+    <t>214</t>
+  </si>
+  <si>
+    <t>1784</t>
+  </si>
+  <si>
+    <t>https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/214/lm_no_1784_2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoria a abertura de crédito suplementar no valor de R$ 39.115,93 (trinta e nove mil, cento e quinze reais e noventa e três centavos) e dá outras providencias.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1097,62 +1520,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_n_002_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_lei_n_003_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/4/projeto_de_lei_n_004_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/5/projeto_de_lei_n__05_2025..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/6/projeto_de_lei_n_006_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de_lei_n_007_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_de_lei_no_008_2025_-_dispoes_sobre_a_criacao_do_procampo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/10/projeto_de_lei_no_010_2025_ondina_frota_veiculo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/11/projeto_de_lei_no_011_2025-_auxilio_saude.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/19/projeto_de_lei_no_012_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/20/projeto_de_lei_no_13_de_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/13/projeto_de_lei_no_014_2025_wellington.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/21/projeto_de_lei_no_15_de_2025.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_de_lei_no_016_2025_-_placas_inauguracao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/22/projeto_de_lei_no__17_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_lei_no_18_2025_1.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_lei_no_019_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/23/projeto_de_lei_no__020_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de_lei_no_022_2025_-_iniciativa_popular.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/25/projeto_de_lei_no_023_2025_altera_cod_trib_iss.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/18/projeto_de_lei_no_24_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_de_lei_no_025_2025_-_limitacao_andar.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_de_lei_no_026_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_de_lei_no_27_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/32/projeto_de_lei_029_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/33/projeto_de_lei_no_030_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/34/projeto_de_lei_no_031_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/35/projeto_de_lei_no_032_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/36/projeto_de_lei_no_033_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/66/projeto_de_lei_no_034_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/67/projeto_de_lei_numero_35_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/68/projeto_de_lei_numero_36_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_de_lei_numero_37_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/72/projeto_de_lei_numero_38_de_2025_2.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/71/projeto_de_lei_no_039_2025_loteria_municipal.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/51/projeto_de_lei_no_041_2025_-_calcadao.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/73/projeto_de_lei_no_045_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/75/projeto_de_lei_no_047-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/12/projeto_de_lei_no_012_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/14/emenda_modificativa_n_001_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/15/emenda_supressiva_n_002_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/47/lei_municipal_no_1735_2025_-_comercializacao_fogos_artificio.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/48/lm_no_1737_2025_revisao_geral_anual.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/49/lm_no_1738_-_institui_o_dia_municipal_do_jovem_do_campo_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/46/lm_no_1740_2025_refis.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/37/lm_no_1741_2025_-_dispoes_sobre_a_criacao_do_procampo_finalizado.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/38/lm_no_1742_-_folga_aniversario.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/39/lm_no_1743_2025_-_pme.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/40/lm_no_1744_de_2025_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/41/lm_no_1745_2025_-_modalidades_de_ensino_afonso_pena.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/42/lm_no_1746_2025_-_reestrutura_administrativa.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/43/lei_municipal_no_1747_2025_de_23_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/44/lei_municipal_1748_de_29_de_julho_de_2025_w._2.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/45/lei_municipal_1749_de_29_de_julho_de_2025_ass.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/62/lm_no_1750_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/65/lei_municipal_1751_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/64/lei_municipal_1752_de_13_de_agosto_de_2025__ok.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/63/lm_no_1753_2025_imprensa_oficial.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/76/lm_no_1754_2025_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/77/lm_no_1755_2025_-_conselho_idoso.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/78/lm_no_1756_2025_-_fundo_m_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/79/lm_no_1757_2025_revoga_dispositivos_1171.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_n_002_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_lei_n_003_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/4/projeto_de_lei_n_004_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/5/projeto_de_lei_n__05_2025..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/6/projeto_de_lei_n_006_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de_lei_n_007_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_de_lei_no_008_2025_-_dispoes_sobre_a_criacao_do_procampo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/10/projeto_de_lei_no_010_2025_ondina_frota_veiculo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/11/projeto_de_lei_no_011_2025-_auxilio_saude.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/19/projeto_de_lei_no_012_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/20/projeto_de_lei_no_13_de_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/13/projeto_de_lei_no_014_2025_wellington.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/21/projeto_de_lei_no_15_de_2025.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_de_lei_no_016_2025_-_placas_inauguracao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/22/projeto_de_lei_no__17_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_lei_no_18_2025_1.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_lei_no_019_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/23/projeto_de_lei_no__020_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de_lei_no_022_2025_-_iniciativa_popular.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/25/projeto_de_lei_no_023_2025_altera_cod_trib_iss.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/18/projeto_de_lei_no_24_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_de_lei_no_025_2025_-_limitacao_andar.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_de_lei_no_026_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_de_lei_no_27_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/32/projeto_de_lei_029_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/33/projeto_de_lei_no_030_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/34/projeto_de_lei_no_031_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/35/projeto_de_lei_no_032_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/36/projeto_de_lei_no_033_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/66/projeto_de_lei_no_034_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/67/projeto_de_lei_numero_35_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/68/projeto_de_lei_numero_36_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_de_lei_numero_37_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/72/projeto_de_lei_numero_38_de_2025_2.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/71/projeto_de_lei_no_039_2025_loteria_municipal.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/51/projeto_de_lei_no_041_2025_-_calcadao.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/73/projeto_de_lei_no_045_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/75/projeto_de_lei_no_047-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/223/projeto_de_lei_no_048-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/224/pl_049_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/225/pl_050_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/228/ppa_2026.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/231/pl_052_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/229/loa_2026.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/243/pl_054_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/242/pl_055_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/241/pl_056_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/240/pl_057_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/239/pl_059_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/237/pl_060_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/235/pl_062_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/234/pl_063_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/233/pl_064_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/232/pl_065_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/230/pl_66_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/227/pl_068.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/12/projeto_de_lei_no_012_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/14/emenda_modificativa_n_001_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/15/emenda_supressiva_n_002_2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/47/lei_municipal_no_1735_2025_-_comercializacao_fogos_artificio.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/48/lm_no_1737_2025_revisao_geral_anual.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/49/lm_no_1738_-_institui_o_dia_municipal_do_jovem_do_campo_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/46/lm_no_1740_2025_refis.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/37/lm_no_1741_2025_-_dispoes_sobre_a_criacao_do_procampo_finalizado.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/38/lm_no_1742_-_folga_aniversario.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/39/lm_no_1743_2025_-_pme.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/40/lm_no_1744_de_2025_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/41/lm_no_1745_2025_-_modalidades_de_ensino_afonso_pena.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/42/lm_no_1746_2025_-_reestrutura_administrativa.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/43/lei_municipal_no_1747_2025_de_23_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/44/lei_municipal_1748_de_29_de_julho_de_2025_w._2.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/45/lei_municipal_1749_de_29_de_julho_de_2025_ass.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/62/lm_no_1750_2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/65/lei_municipal_1751_2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/64/lei_municipal_1752_de_13_de_agosto_de_2025__ok.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/63/lm_no_1753_2025_imprensa_oficial.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/76/lm_no_1754_2025_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/77/lm_no_1755_2025_-_conselho_idoso.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/78/lm_no_1756_2025_-_fundo_m_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/79/lm_no_1757_2025_revoga_dispositivos_1171.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/201/lm_no_1759_2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/213/lm_no_1760_2025_codema.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/212/lm_no_1761_2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/211/lm_no_1762_2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/210/lm_no_1763_2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/209/lm_no_1764_2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/208/lm_no_1765_2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/222/lm_no_1767_2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/221/lm_no_1768_2025_caaminho_do_comercio.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/220/lm_no_1769_2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/219/lm_no_1770_2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/218/lm_no_1771_2025_cmdm.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/217/lm_no_1774_2025_protocolo_acispes.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/216/lm_no_1775_2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/205/lm_no_1778_2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/204/lm_no_1781_2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/203/lm_no_1782_2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopreto.mg.leg.br/media/sapl/public/materialegislativa/2025/214/lm_no_1784_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H70"/>
+  <dimension ref="A1:H111"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="43.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="153.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
@@ -2206,636 +2629,1588 @@
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>152</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>153</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>154</v>
       </c>
       <c r="H45" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>49</v>
+        <v>156</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>8</v>
+        <v>157</v>
       </c>
       <c r="D46" t="s">
-        <v>156</v>
+        <v>10</v>
       </c>
       <c r="E46" t="s">
-        <v>157</v>
+        <v>11</v>
       </c>
       <c r="F46" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>158</v>
       </c>
       <c r="H46" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>56</v>
+        <v>160</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>8</v>
+        <v>161</v>
       </c>
       <c r="D47" t="s">
-        <v>160</v>
+        <v>10</v>
       </c>
       <c r="E47" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>162</v>
       </c>
       <c r="H47" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>61</v>
+        <v>164</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>8</v>
+        <v>165</v>
       </c>
       <c r="D48" t="s">
-        <v>160</v>
+        <v>10</v>
       </c>
       <c r="E48" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="H48" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>167</v>
+        <v>138</v>
       </c>
       <c r="D49" t="s">
-        <v>168</v>
+        <v>10</v>
       </c>
       <c r="E49" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="G49" s="1" t="s">
+      <c r="H49" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>171</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>142</v>
+      </c>
+      <c r="D50" t="s">
+        <v>10</v>
+      </c>
+      <c r="E50" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="B50" t="s">
-[...2 lines deleted...]
-      <c r="C50" t="s">
+      <c r="H50" t="s">
         <v>173</v>
-      </c>
-[...10 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>174</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>175</v>
+      </c>
+      <c r="D51" t="s">
+        <v>10</v>
+      </c>
+      <c r="E51" t="s">
+        <v>11</v>
+      </c>
+      <c r="G51" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="B51" t="s">
-[...2 lines deleted...]
-      <c r="C51" t="s">
+      <c r="H51" t="s">
         <v>177</v>
-      </c>
-[...10 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>178</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>179</v>
+      </c>
+      <c r="D52" t="s">
+        <v>10</v>
+      </c>
+      <c r="E52" t="s">
+        <v>11</v>
+      </c>
+      <c r="G52" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="B52" t="s">
-[...2 lines deleted...]
-      <c r="C52" t="s">
+      <c r="H52" t="s">
         <v>181</v>
-      </c>
-[...10 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>150</v>
+        <v>182</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D53" t="s">
-        <v>168</v>
+        <v>10</v>
       </c>
       <c r="E53" t="s">
-        <v>169</v>
+        <v>11</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="H53" t="s">
-        <v>29</v>
+        <v>185</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>127</v>
+        <v>186</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="D54" t="s">
-        <v>168</v>
+        <v>10</v>
       </c>
       <c r="E54" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="H54" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>131</v>
+        <v>190</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="D55" t="s">
-        <v>168</v>
+        <v>10</v>
       </c>
       <c r="E55" t="s">
-        <v>169</v>
+        <v>11</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="H55" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>135</v>
+        <v>194</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="D56" t="s">
-        <v>168</v>
+        <v>10</v>
       </c>
       <c r="E56" t="s">
-        <v>169</v>
+        <v>11</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>191</v>
+        <v>13</v>
       </c>
       <c r="H56" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="D57" t="s">
-        <v>168</v>
+        <v>10</v>
       </c>
       <c r="E57" t="s">
-        <v>169</v>
+        <v>11</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="H57" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>139</v>
+        <v>201</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="D58" t="s">
-        <v>168</v>
+        <v>10</v>
       </c>
       <c r="E58" t="s">
-        <v>169</v>
+        <v>11</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="H58" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>143</v>
+        <v>205</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="D59" t="s">
-        <v>168</v>
+        <v>10</v>
       </c>
       <c r="E59" t="s">
-        <v>169</v>
+        <v>11</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>201</v>
+        <v>13</v>
       </c>
       <c r="H59" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="D60" t="s">
-        <v>168</v>
+        <v>10</v>
       </c>
       <c r="E60" t="s">
-        <v>169</v>
+        <v>11</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="H60" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="D61" t="s">
-        <v>168</v>
+        <v>10</v>
       </c>
       <c r="E61" t="s">
-        <v>169</v>
+        <v>11</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="H61" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>146</v>
+        <v>216</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="D62" t="s">
-        <v>168</v>
+        <v>10</v>
       </c>
       <c r="E62" t="s">
-        <v>169</v>
+        <v>11</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="H62" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="D63" t="s">
-        <v>168</v>
+        <v>10</v>
       </c>
       <c r="E63" t="s">
-        <v>169</v>
+        <v>11</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="H63" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>219</v>
+        <v>117</v>
       </c>
       <c r="D64" t="s">
-        <v>168</v>
+        <v>10</v>
       </c>
       <c r="E64" t="s">
-        <v>169</v>
+        <v>11</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="H64" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>223</v>
+        <v>120</v>
       </c>
       <c r="D65" t="s">
-        <v>168</v>
+        <v>10</v>
       </c>
       <c r="E65" t="s">
-        <v>169</v>
+        <v>11</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>224</v>
+        <v>13</v>
       </c>
       <c r="H65" t="s">
-        <v>137</v>
+        <v>207</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>226</v>
+        <v>123</v>
       </c>
       <c r="D66" t="s">
-        <v>168</v>
+        <v>10</v>
       </c>
       <c r="E66" t="s">
-        <v>169</v>
+        <v>11</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="H66" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>229</v>
+        <v>49</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>230</v>
+        <v>8</v>
       </c>
       <c r="D67" t="s">
-        <v>168</v>
+        <v>231</v>
       </c>
       <c r="E67" t="s">
-        <v>169</v>
+        <v>232</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="H67" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>233</v>
+        <v>56</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>234</v>
+        <v>8</v>
       </c>
       <c r="D68" t="s">
-        <v>168</v>
+        <v>235</v>
       </c>
       <c r="E68" t="s">
-        <v>169</v>
+        <v>236</v>
+      </c>
+      <c r="F68" t="s">
+        <v>24</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="H68" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>237</v>
+        <v>61</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>238</v>
+        <v>8</v>
       </c>
       <c r="D69" t="s">
-        <v>168</v>
+        <v>235</v>
       </c>
       <c r="E69" t="s">
-        <v>169</v>
+        <v>239</v>
+      </c>
+      <c r="F69" t="s">
+        <v>31</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="H69" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>241</v>
+        <v>153</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>242</v>
       </c>
       <c r="D70" t="s">
-        <v>168</v>
+        <v>243</v>
       </c>
       <c r="E70" t="s">
-        <v>169</v>
+        <v>244</v>
       </c>
       <c r="G70" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="H70" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>157</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>247</v>
+      </c>
+      <c r="D71" t="s">
         <v>243</v>
       </c>
-      <c r="H70" t="s">
+      <c r="E71" t="s">
         <v>244</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="H71" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>161</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>250</v>
+      </c>
+      <c r="D72" t="s">
+        <v>243</v>
+      </c>
+      <c r="E72" t="s">
+        <v>244</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="H72" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>165</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>253</v>
+      </c>
+      <c r="D73" t="s">
+        <v>243</v>
+      </c>
+      <c r="E73" t="s">
+        <v>244</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H73" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>150</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>254</v>
+      </c>
+      <c r="D74" t="s">
+        <v>243</v>
+      </c>
+      <c r="E74" t="s">
+        <v>244</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="H74" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>127</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>256</v>
+      </c>
+      <c r="D75" t="s">
+        <v>243</v>
+      </c>
+      <c r="E75" t="s">
+        <v>244</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="H75" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>131</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>259</v>
+      </c>
+      <c r="D76" t="s">
+        <v>243</v>
+      </c>
+      <c r="E76" t="s">
+        <v>244</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="H76" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>135</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>262</v>
+      </c>
+      <c r="D77" t="s">
+        <v>243</v>
+      </c>
+      <c r="E77" t="s">
+        <v>244</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="H77" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>265</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>266</v>
+      </c>
+      <c r="D78" t="s">
+        <v>243</v>
+      </c>
+      <c r="E78" t="s">
+        <v>244</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="H78" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>139</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>269</v>
+      </c>
+      <c r="D79" t="s">
+        <v>243</v>
+      </c>
+      <c r="E79" t="s">
+        <v>244</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="H79" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>143</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>272</v>
+      </c>
+      <c r="D80" t="s">
+        <v>243</v>
+      </c>
+      <c r="E80" t="s">
+        <v>244</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="H80" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>275</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>276</v>
+      </c>
+      <c r="D81" t="s">
+        <v>243</v>
+      </c>
+      <c r="E81" t="s">
+        <v>244</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="H81" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>279</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>280</v>
+      </c>
+      <c r="D82" t="s">
+        <v>243</v>
+      </c>
+      <c r="E82" t="s">
+        <v>244</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="H82" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>146</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>283</v>
+      </c>
+      <c r="D83" t="s">
+        <v>243</v>
+      </c>
+      <c r="E83" t="s">
+        <v>244</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="H83" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>209</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>286</v>
+      </c>
+      <c r="D84" t="s">
+        <v>243</v>
+      </c>
+      <c r="E84" t="s">
+        <v>244</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="H84" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>221</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>289</v>
+      </c>
+      <c r="D85" t="s">
+        <v>243</v>
+      </c>
+      <c r="E85" t="s">
+        <v>244</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="H85" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>217</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>292</v>
+      </c>
+      <c r="D86" t="s">
+        <v>243</v>
+      </c>
+      <c r="E86" t="s">
+        <v>244</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="H86" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>213</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>294</v>
+      </c>
+      <c r="D87" t="s">
+        <v>243</v>
+      </c>
+      <c r="E87" t="s">
+        <v>244</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="H87" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>297</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>298</v>
+      </c>
+      <c r="D88" t="s">
+        <v>243</v>
+      </c>
+      <c r="E88" t="s">
+        <v>244</v>
+      </c>
+      <c r="F88" t="s">
+        <v>12</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="H88" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>301</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>302</v>
+      </c>
+      <c r="D89" t="s">
+        <v>243</v>
+      </c>
+      <c r="E89" t="s">
+        <v>244</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="H89" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>305</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>306</v>
+      </c>
+      <c r="D90" t="s">
+        <v>243</v>
+      </c>
+      <c r="E90" t="s">
+        <v>244</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="H90" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>309</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>310</v>
+      </c>
+      <c r="D91" t="s">
+        <v>243</v>
+      </c>
+      <c r="E91" t="s">
+        <v>244</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="H91" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>313</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>314</v>
+      </c>
+      <c r="D92" t="s">
+        <v>243</v>
+      </c>
+      <c r="E92" t="s">
+        <v>244</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H92" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>317</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>318</v>
+      </c>
+      <c r="D93" t="s">
+        <v>243</v>
+      </c>
+      <c r="E93" t="s">
+        <v>244</v>
+      </c>
+      <c r="F93" t="s">
+        <v>12</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="H93" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>321</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>322</v>
+      </c>
+      <c r="D94" t="s">
+        <v>243</v>
+      </c>
+      <c r="E94" t="s">
+        <v>244</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="H94" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>324</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>325</v>
+      </c>
+      <c r="D95" t="s">
+        <v>243</v>
+      </c>
+      <c r="E95" t="s">
+        <v>244</v>
+      </c>
+      <c r="F95" t="s">
+        <v>12</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="H95" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>327</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>328</v>
+      </c>
+      <c r="D96" t="s">
+        <v>243</v>
+      </c>
+      <c r="E96" t="s">
+        <v>244</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="H96" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>331</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>332</v>
+      </c>
+      <c r="D97" t="s">
+        <v>243</v>
+      </c>
+      <c r="E97" t="s">
+        <v>244</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="H97" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>335</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>336</v>
+      </c>
+      <c r="D98" t="s">
+        <v>243</v>
+      </c>
+      <c r="E98" t="s">
+        <v>244</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="H98" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>339</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>340</v>
+      </c>
+      <c r="D99" t="s">
+        <v>243</v>
+      </c>
+      <c r="E99" t="s">
+        <v>244</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="H99" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>343</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>344</v>
+      </c>
+      <c r="D100" t="s">
+        <v>243</v>
+      </c>
+      <c r="E100" t="s">
+        <v>244</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="H100" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>346</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>347</v>
+      </c>
+      <c r="D101" t="s">
+        <v>243</v>
+      </c>
+      <c r="E101" t="s">
+        <v>244</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="H101" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>350</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>351</v>
+      </c>
+      <c r="D102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E102" t="s">
+        <v>244</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="H102" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>354</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>355</v>
+      </c>
+      <c r="D103" t="s">
+        <v>243</v>
+      </c>
+      <c r="E103" t="s">
+        <v>244</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="H103" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>358</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>359</v>
+      </c>
+      <c r="D104" t="s">
+        <v>243</v>
+      </c>
+      <c r="E104" t="s">
+        <v>244</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="H104" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>362</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>363</v>
+      </c>
+      <c r="D105" t="s">
+        <v>243</v>
+      </c>
+      <c r="E105" t="s">
+        <v>244</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="H105" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>366</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>367</v>
+      </c>
+      <c r="D106" t="s">
+        <v>243</v>
+      </c>
+      <c r="E106" t="s">
+        <v>244</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H106" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>368</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>369</v>
+      </c>
+      <c r="D107" t="s">
+        <v>243</v>
+      </c>
+      <c r="E107" t="s">
+        <v>244</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="H107" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>372</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>373</v>
+      </c>
+      <c r="D108" t="s">
+        <v>243</v>
+      </c>
+      <c r="E108" t="s">
+        <v>244</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="H108" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>375</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>376</v>
+      </c>
+      <c r="D109" t="s">
+        <v>243</v>
+      </c>
+      <c r="E109" t="s">
+        <v>244</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="H109" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>379</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>380</v>
+      </c>
+      <c r="D110" t="s">
+        <v>243</v>
+      </c>
+      <c r="E110" t="s">
+        <v>244</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H110" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>382</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>383</v>
+      </c>
+      <c r="D111" t="s">
+        <v>243</v>
+      </c>
+      <c r="E111" t="s">
+        <v>244</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="H111" t="s">
+        <v>385</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -2865,50 +4240,91 @@
     <hyperlink ref="G46" r:id="rId45"/>
     <hyperlink ref="G47" r:id="rId46"/>
     <hyperlink ref="G48" r:id="rId47"/>
     <hyperlink ref="G49" r:id="rId48"/>
     <hyperlink ref="G50" r:id="rId49"/>
     <hyperlink ref="G51" r:id="rId50"/>
     <hyperlink ref="G52" r:id="rId51"/>
     <hyperlink ref="G53" r:id="rId52"/>
     <hyperlink ref="G54" r:id="rId53"/>
     <hyperlink ref="G55" r:id="rId54"/>
     <hyperlink ref="G56" r:id="rId55"/>
     <hyperlink ref="G57" r:id="rId56"/>
     <hyperlink ref="G58" r:id="rId57"/>
     <hyperlink ref="G59" r:id="rId58"/>
     <hyperlink ref="G60" r:id="rId59"/>
     <hyperlink ref="G61" r:id="rId60"/>
     <hyperlink ref="G62" r:id="rId61"/>
     <hyperlink ref="G63" r:id="rId62"/>
     <hyperlink ref="G64" r:id="rId63"/>
     <hyperlink ref="G65" r:id="rId64"/>
     <hyperlink ref="G66" r:id="rId65"/>
     <hyperlink ref="G67" r:id="rId66"/>
     <hyperlink ref="G68" r:id="rId67"/>
     <hyperlink ref="G69" r:id="rId68"/>
     <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>